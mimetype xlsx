--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
   <si>
     <t>Nº do Processo</t>
   </si>
   <si>
     <t>Nº do Edital</t>
   </si>
   <si>
     <t>Objeto (detalhado)</t>
   </si>
   <si>
     <t>Nº de Itens</t>
   </si>
   <si>
     <t>Enquadramento</t>
   </si>
   <si>
     <t>Critério</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Data da abertura</t>
   </si>
   <si>
@@ -1262,50 +1262,65 @@
   <si>
     <t>Aquisição de equipamentos de tecnologia da informação para renovação do parque tecnológico da ApexBrasil, além da aquisição de solução persistente de bloqueio, recuperação e localização de dispositivos perdidos ou furtados, a ser implantada em equipamentos novos ou usados, mediante Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>12/11/2024</t>
   </si>
   <si>
     <t>15:54</t>
   </si>
   <si>
     <t>1733.2024.00012</t>
   </si>
   <si>
     <t>D07/2024</t>
   </si>
   <si>
     <t>Serviços de clipping de matérias jornalísticas de interesse da ApexBrasil, publicadas em mídia impressa (jornais e revistas), online (sites da internet e blogs) e eletrônica (rádio e televisão) tanto no Brasil, quanto no exterior</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>17:29</t>
   </si>
   <si>
+    <t>174.2024.00001</t>
+  </si>
+  <si>
+    <t>PE 09/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada no fornecimento de uma Plataforma de Experiência do Colaborador no conceito de software como serviço (SaaS), voltada para as necessidades de desenvolvimento humano e organizacional da Apex-Brasil.</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>16:25</t>
+  </si>
+  <si>
     <t>173.2024.00011</t>
   </si>
   <si>
     <t>D01/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para realizar auditoria de recertificação do Sistema de Gestão da Qualidade e auditorias de manutenção, em conformidade a norma NBR ISO 9001:2015, compreendendo, auditoria para recertificação e auditorias de manutenção, conforme condições, quantidades e exigências estabelecidas na RPC.</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>18:32</t>
   </si>
   <si>
     <t>174.2024.00004</t>
   </si>
   <si>
     <t>PE 07/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços continuados de fornecimento e entrega, sob demanda, de periódicos (jornais e revistas) de circulação no Brasil e no exterior, bem como a disponibilização de senhas de acesso completo e ilimitado on-line dos jornais e revistas via internet, quando existentes, aos conteúdos eletrônicos desses veículos de imprensa, conforme condições, quantidades e exigências estabelecidas neste instrumento, em conformidade com as especificações contidas no Termo de Referência (Anexo I) do Edital.</t>
   </si>
   <si>
     <t>06/02/2025</t>
@@ -1322,50 +1337,65 @@
   <si>
     <t>Contratação de empresa especializada para: (i) a prestação de serviços continuados de operação assistida da solução SenhaSegura - ferramenta de Gestão de Acessos Privilegiados, que contemplam os serviços de suporte remoto técnico especializado e manutenções adaptativas e corretivas; (ii) a renovação da garantia de versionamento da solução; (iii) o fornecimento de licenças para aplicações não conteinerizadas com senha embutida; (iv) o fornecimento de solução que ofereça acesso remoto seguro e gerenciado sem a necessidade de VPNs, permitindo a proteção, gerenciamento e auditoria do acesso remoto privilegiado de fornecedores e funcionários, em conformidade com as especificações contidas no Termo de Referência (Anexo I) do Edital</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>19:18</t>
   </si>
   <si>
     <t>174.2024.00005</t>
   </si>
   <si>
     <t>04/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada no fornecimento de headsets de qualidade, com botão de integração com Microsoft Teams, conforme quantitativos e especificações previstas e explicitadas no Termo de Referência</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
+    <t>174.2025.00007</t>
+  </si>
+  <si>
+    <t>PE 08/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa prestadora de serviços de auditoria de conformidade, a ser realizada sob demanda e de forma remota, com a utilização de recursos de tecnologia da informação e comunicação, objetivando assegurar que as prestações de contas apresentadas estejam alinhadas aos critérios estabelecidos no âmbito do Projeto Bolsa exportação, contribuindo para a mitigação de riscos legais, financeiros e reputacionais.</t>
+  </si>
+  <si>
+    <t>25/02/2025</t>
+  </si>
+  <si>
+    <t>12:12</t>
+  </si>
+  <si>
     <t>174.2025.00001</t>
   </si>
   <si>
     <t>SRP N° 12/2025</t>
   </si>
   <si>
     <t>Contratação de empresa(s) para formação de Ata de Registro de Preços de fornecimento de materiais de expediente, de acordo com os termos e quantidades contidas no Termo de Referência. Do presente Edital (Anexo I).</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>23/04/2025</t>
   </si>
   <si>
     <t>174.2025.00004</t>
   </si>
   <si>
     <t>PE 02/2025</t>
   </si>
   <si>
     <t>Contratação, sob demanda, de serviços profissionais especializados de tradução juramentada de textos em inglês para a língua portuguesa e desta para o referido idioma, conforme especificações do Termo de Referência.</t>
   </si>
   <si>
     <t>24/03/2025</t>
@@ -1415,78 +1445,159 @@
   <si>
     <t>32</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>174.2025.00005</t>
   </si>
   <si>
     <t>PE 05/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de doses de vacina, incluindo a prestação de serviços auxiliares, para cobertura vacinal sob demanda, atendendo ao calendário de imunização brasileiro e a necessidade ocupacional de viajantes, dada pela Sociedade Brasileira de Imunização, com a realização de até cinco campanhas de vacinação por ano no ambiente da ApexBrasil, em sua sede em Brasília/DF, conforme condições, quantidades e exigências estabelecidas no Termo de Referência (Anexo I) do Edital</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>18:18</t>
   </si>
   <si>
+    <t>174.2025.00019</t>
+  </si>
+  <si>
+    <t>CC 01/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresas prestadoras de serviços de comunicação digital, em conformidade com as especificações contidas no Projeto Básico (Anexo I) do Edital</t>
+  </si>
+  <si>
     <t>1557/2022</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de organização e realização de Concurso Público, em uma etapa, por meio eletrônico, com julgamento preferencialmente presencial, para contratação dos Projetos Executivos Expográfico, Arquitetônico e Complementares para o Pavilhão do Brasil na Expo Osaka 2025, de acordo com as especificações e quantidades contidas no Projeto Básico</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
     <t>Inexigibilidade</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>500/2024</t>
   </si>
   <si>
     <t>Contratação de profissional com notória especialização para criação e especificação da estrutura expográfica, cenográfica e das mensagens a serem transmitidas por meio do pavilhão brasileiro na EXPO OSAKA 2025, configurando uma jornada do visitante memorável e impactante, a ser projetada no pavilhão tipo X que será entregue pela organização da Expo, cujo resultado final será a submissão do General Design do Pavilhão para aprovação da organizadora do evento (compreendendo projetos arquitetônicos e complementares em conformidade com os guias da Expo 2025 e detalhamento previsto neste Projeto Básico)</t>
   </si>
   <si>
-    <t>1733 2025 00037</t>
-[...2 lines deleted...]
-    <t>Contratação de empresa especializada na prestação de serviços de fornecimento, suporte e customização de 01 (Um) robô programável especializado em atendimento e acessibilidade, na modalidade de aluguel. Entende-se por robô programável o dispositivo robótico inteligente, composto por hardware avançado e software embarcado localmente e/ou acessível remotamente via nuvem, projetado para desempenhar funções interativas e autônomas de recepção, assistência e mobilidade, proporcionando uma experiência mais acessível, inclusiva e eficiente para usuários e visitantes.</t>
+    <t>1734.2025.00078</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de área (18 m²) de chão na Arena de Negócios no Festival REC’n’Play, que se realizará no período de 15 a 18 de novembro de 2025, em Recife, no estado de Pernambuco.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (VIII)</t>
+  </si>
+  <si>
+    <t>1734.2025.00075</t>
+  </si>
+  <si>
+    <t>Trata-se de contratação de empresa para fornecimento de área para estande brasileiro na Feira MERCOPAR 2025, que se realizará no período de 14 A 17 de outubro de 2025, no Centro de Feiras e Eventos Festa da Uva em Caxias do Sul/RS, Brasil.</t>
+  </si>
+  <si>
+    <t>1733202500064</t>
+  </si>
+  <si>
+    <t>Contratação de LICENÇAS PARA ACESSOS A PLATAFORMAS DE CURSOS A DISTÂNCIA para o Programa de Educação Corporativa da Apex-Brasil, onde a CONTRATADA fornecerá a prestação de serviço de treinamento por meio de plataforma de ensino a distância, denominada Plataforma COURSERA, abrangendo a concessão de 100 (cem) no mínimo até 500 (quinhentas) licenças rotativas à plataforma anualmente, conforme detalhado nos Itens 8 e 9 do Estudo Técnico Preliminar (ETP) e Projeto Básico.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (art. 14, inciso IV, do RLC)</t>
+  </si>
+  <si>
+    <t>1733.2025.00037</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada na prestação de serviços de fornecimento, suporte e customização de 01 (um) robô programável especializado em atendimento e acessibilidade, na modalidade de aluguel. Entende-se por robô programável o dispositivo robótico inteligente, composto por hardware avançado e software embarcado localmente e/ou acessível remotamente via nuvem, projetado para desempenhar funções interativas e autônomas de recepção, assistência e mobilidade, proporcionando uma experiência mais acessível, inclusiva e eficiente para usuários e visitantes.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (I.)</t>
+  </si>
+  <si>
+    <t>1733.2025.00065</t>
+  </si>
+  <si>
+    <t>Contratação de LICENÇAS PARA ACESSOS A PLATAFORMAS DE CURSOS A DISTÂNCIA para o Programa de Educação Corporativa da Apex-Brasil - UDEMY</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (Caput)</t>
+  </si>
+  <si>
+    <t>1734.2025.00066</t>
+  </si>
+  <si>
+    <t>Trata-se de contratação de empresa para fornecimento de área para estande brasileiro na Feira OTC BRASIL 2025, que se realizará no período de 28 a 30 de outubro de 2025, nas instalações do EXPO MAG, Rua Beatriz Larragoiti Lucas 1, Rio de Janeiro, RJ/Brasil.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (VIII.)</t>
+  </si>
+  <si>
+    <t>1734202500077</t>
+  </si>
+  <si>
+    <t>Contratação de 2 credenciais para participação no evento Giin Berlin Impact Forum, como parte da estratégia do projeto de Impacto aprovado.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (art. 14, inciso VIII, do RLC)</t>
+  </si>
+  <si>
+    <t>1734202500093</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de Chão de feira/montagem padrão para estande institucional da ApexBrasil na Brasil Cachaça 2025 – V Seminário e Feira de Cachaças do Brasil, que será realizada no período de 22 a 25 de outubro de 2025, no Espaço Cultural José Lins do Rego, João Pessoa/PB, Brasil.</t>
+  </si>
+  <si>
+    <t>1734202500064</t>
+  </si>
+  <si>
+    <t>Trata-se de contratação de empresa para fornecimento de área para estande da ApexBrasil na Expolog 2025, que se realizará no período 26 a 27 de novembro 2025 no Centro de Eventos do Ceará/Brasil – Pavilhão Leste, sendo organizada pela do Instituto Future de Juventude, Promoção, Turismo, Cultura e Desenvolvimento Sustentável.</t>
+  </si>
+  <si>
+    <t>1733.2025.00096</t>
+  </si>
+  <si>
+    <t>Contratação de serviço de locação de espaço de escritório compartilhado (coworking), referente à sala privativa “Office 1045”, destinada à instalação e funcionamento do Escritório Apex-Brasil Sul (EA Sul), em Porto Alegre/RS, contemplando os serviços agregados de infraestrutura, conectividade e apoio operacional necessários ao pleno desenvolvimento das atividades institucionais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FFffffff"/>
       <name val="Cambria"/>
@@ -1858,54 +1969,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M97"/>
+  <dimension ref="A1:M109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M97" sqref="M97"/>
+      <selection activeCell="M109" sqref="M109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17" customWidth="true" style="4"/>
     <col min="2" max="2" width="20" customWidth="true" style="7"/>
     <col min="3" max="3" width="74" customWidth="true" style="7"/>
     <col min="4" max="4" width="16" customWidth="true" style="7"/>
     <col min="5" max="5" width="26" customWidth="true" style="7"/>
     <col min="6" max="6" width="32" customWidth="true" style="7"/>
     <col min="7" max="7" width="32" customWidth="true" style="7"/>
     <col min="8" max="8" width="22" customWidth="true" style="7"/>
     <col min="9" max="9" width="22" customWidth="true" style="7"/>
     <col min="10" max="10" width="22" customWidth="true" style="7"/>
     <col min="11" max="11" width="24" customWidth="true" style="7"/>
     <col min="12" max="12" width="22" customWidth="true" style="7"/>
     <col min="13" max="13" width="11" customWidth="true" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -5298,555 +5409,989 @@
       </c>
       <c r="J84" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L84" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>417</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>418</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F85" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>419</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>420</v>
       </c>
       <c r="J85" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>422</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>423</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>424</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>425</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>427</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>428</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>49</v>
+        <v>148</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>429</v>
       </c>
       <c r="I87" s="6" t="s">
         <v>430</v>
       </c>
       <c r="J87" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M87" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>432</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>433</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>434</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>435</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>437</v>
       </c>
       <c r="C89" s="9" t="s">
         <v>438</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>439</v>
+        <v>15</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F89" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="I89" s="6" t="s">
         <v>440</v>
       </c>
-      <c r="I89" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J89" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="2" t="s">
         <v>441</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>442</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>443</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>444</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>445</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L90" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>447</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>448</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>450</v>
+        <v>150</v>
       </c>
       <c r="J91" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="2" t="s">
         <v>451</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>452</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>453</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>454</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>455</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L92" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>457</v>
       </c>
       <c r="C93" s="9" t="s">
         <v>458</v>
       </c>
       <c r="D93" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H93" s="6" t="s">
         <v>459</v>
       </c>
-      <c r="E93" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H93" s="6" t="s">
+      <c r="I93" s="6" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J93" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="B94" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="B94" s="5" t="s">
+      <c r="C94" s="8" t="s">
         <v>463</v>
       </c>
-      <c r="C94" s="8" t="s">
+      <c r="D94" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H94" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...11 lines deleted...]
-      <c r="H94" s="5" t="s">
+      <c r="I94" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="I94" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="B95" s="6" t="s">
         <v>467</v>
       </c>
-      <c r="B95" s="6"/>
       <c r="C95" s="9" t="s">
         <v>468</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>15</v>
+        <v>469</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>469</v>
+        <v>17</v>
       </c>
       <c r="G95" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H95" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="H95" s="6" t="s">
+      <c r="I95" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="I95" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J95" s="6" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="B96" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="B96" s="5"/>
       <c r="C96" s="8" t="s">
         <v>474</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>469</v>
+        <v>17</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>30</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>476</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="3" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="B97" s="6"/>
+        <v>477</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>478</v>
+      </c>
       <c r="C97" s="9" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>469</v>
+        <v>326</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>470</v>
+        <v>74</v>
       </c>
       <c r="H97" s="6"/>
       <c r="I97" s="6"/>
       <c r="J97" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13">
+      <c r="A98" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B98" s="5"/>
+      <c r="C98" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J98" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K97" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M97" s="6" t="s">
+      <c r="K98" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L98" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13">
+      <c r="A99" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B99" s="6"/>
+      <c r="C99" s="9" t="s">
+        <v>487</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="H99" s="6"/>
+      <c r="I99" s="6"/>
+      <c r="J99" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M99" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13">
+      <c r="A100" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B100" s="5"/>
+      <c r="C100" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="H100" s="5"/>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L100" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13">
+      <c r="A101" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B101" s="6"/>
+      <c r="C101" s="9" t="s">
+        <v>492</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="H101" s="6"/>
+      <c r="I101" s="6"/>
+      <c r="J101" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K101" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M101" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13">
+      <c r="A102" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B102" s="5"/>
+      <c r="C102" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="H102" s="5"/>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L102" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
+      <c r="A103" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="B103" s="6"/>
+      <c r="C103" s="9" t="s">
+        <v>497</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="H103" s="6"/>
+      <c r="I103" s="6"/>
+      <c r="J103" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M103" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
+      <c r="A104" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="B104" s="5"/>
+      <c r="C104" s="8" t="s">
+        <v>500</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="H104" s="5"/>
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L104" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13">
+      <c r="A105" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B105" s="6"/>
+      <c r="C105" s="9" t="s">
+        <v>503</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="H105" s="6"/>
+      <c r="I105" s="6"/>
+      <c r="J105" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K105" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M105" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13">
+      <c r="A106" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="B106" s="5"/>
+      <c r="C106" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="H106" s="5"/>
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13">
+      <c r="A107" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B107" s="6"/>
+      <c r="C107" s="9" t="s">
+        <v>509</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="H107" s="6"/>
+      <c r="I107" s="6"/>
+      <c r="J107" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K107" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M107" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13">
+      <c r="A108" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B108" s="5"/>
+      <c r="C108" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G108" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="H108" s="5"/>
+      <c r="I108" s="5"/>
+      <c r="J108" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L108" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13">
+      <c r="A109" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B109" s="6"/>
+      <c r="C109" s="9" t="s">
+        <v>513</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="H109" s="6"/>
+      <c r="I109" s="6"/>
+      <c r="J109" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K109" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M109" s="6" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>