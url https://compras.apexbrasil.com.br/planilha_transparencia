--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="581">
   <si>
     <t>Nº do Processo</t>
   </si>
   <si>
     <t>Nº do Edital</t>
   </si>
   <si>
     <t>Objeto (detalhado)</t>
   </si>
   <si>
     <t>Nº de Itens</t>
   </si>
   <si>
     <t>Enquadramento</t>
   </si>
   <si>
     <t>Critério</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Data da abertura</t>
   </si>
   <si>
@@ -1445,83 +1445,206 @@
   <si>
     <t>32</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>174.2025.00005</t>
   </si>
   <si>
     <t>PE 05/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de doses de vacina, incluindo a prestação de serviços auxiliares, para cobertura vacinal sob demanda, atendendo ao calendário de imunização brasileiro e a necessidade ocupacional de viajantes, dada pela Sociedade Brasileira de Imunização, com a realização de até cinco campanhas de vacinação por ano no ambiente da ApexBrasil, em sua sede em Brasília/DF, conforme condições, quantidades e exigências estabelecidas no Termo de Referência (Anexo I) do Edital</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>18:18</t>
   </si>
   <si>
+    <t>174.2025.00014</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada na prestação de serviços técnicos de Tecnologia da Informação, nas modalidades presencial, híbrida ou remota, sob demanda e remuneradas em Unidades de Serviço Técnico (UST), com atendimento aos níveis mínimos de serviço estabelecidos no Termo de Referência e seus Apêndices.</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>15:46</t>
+  </si>
+  <si>
+    <t>174.2025.00015</t>
+  </si>
+  <si>
+    <t>PE 13/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para prestação de serviços de solução tecnológica completa de gestão de ativos da Apex Brasil com detecção e identificação por Radio Frequency Identification – RFID, considerando os processos de inventários e de saneamentos patrimoniais, o fornecimento de hardwares, softwares, serviços de instalação, garantias, manutenções e capacitação dos usuários</t>
+  </si>
+  <si>
+    <t>13/06/2025</t>
+  </si>
+  <si>
+    <t>18:01</t>
+  </si>
+  <si>
     <t>174.2025.00019</t>
   </si>
   <si>
     <t>CC 01/2025</t>
   </si>
   <si>
     <t>Contratação de empresas prestadoras de serviços de comunicação digital, em conformidade com as especificações contidas no Projeto Básico (Anexo I) do Edital</t>
   </si>
   <si>
+    <t>174.2025.00011</t>
+  </si>
+  <si>
+    <t>PE 10/2025</t>
+  </si>
+  <si>
+    <t>Contratação de prestação de serviço continuado no modelo Software as a Service (SaaS) para gestão de projetos e portifólios, com licenças, suporte técnico, treinamento e integração com ferramentas corporativas, conforme Termo de Referência (Anexo I) do presente Edital.</t>
+  </si>
+  <si>
+    <t>Aquisição</t>
+  </si>
+  <si>
+    <t>174.2025.00022</t>
+  </si>
+  <si>
+    <t>Contratação de empresas especializadas para a prestação de serviços de Tecnologia da Informação, compreendendo o desenvolvimento, manutenção e a garantia da qualidade de soluções de software, bem como a aplicação de Inteligência Artificial e métricas de softwares, utilizando metodologias ágeis e executados sob demanda.</t>
+  </si>
+  <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>15:42</t>
+  </si>
+  <si>
     <t>1557/2022</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de organização e realização de Concurso Público, em uma etapa, por meio eletrônico, com julgamento preferencialmente presencial, para contratação dos Projetos Executivos Expográfico, Arquitetônico e Complementares para o Pavilhão do Brasil na Expo Osaka 2025, de acordo com as especificações e quantidades contidas no Projeto Básico</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
     <t>Inexigibilidade</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>500/2024</t>
   </si>
   <si>
     <t>Contratação de profissional com notória especialização para criação e especificação da estrutura expográfica, cenográfica e das mensagens a serem transmitidas por meio do pavilhão brasileiro na EXPO OSAKA 2025, configurando uma jornada do visitante memorável e impactante, a ser projetada no pavilhão tipo X que será entregue pela organização da Expo, cujo resultado final será a submissão do General Design do Pavilhão para aprovação da organizadora do evento (compreendendo projetos arquitetônicos e complementares em conformidade com os guias da Expo 2025 e detalhamento previsto neste Projeto Básico)</t>
   </si>
   <si>
+    <t>174.2025.00040</t>
+  </si>
+  <si>
+    <t>PE 14/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para execução completa dos serviços de mudança corporativa, de bens patrimoniais e demais objetos de propriedade ou de interesse da Apex-Brasil, compreendendo atividades de planejamento, desmontagem, embalagem, etiquetagem, carregamento, transporte monitorado, descarregamento, desembalagem, remontagem, realocação e limpeza, conforme condições e exigências técnicas descritas no Termo de Referência em anexo.</t>
+  </si>
+  <si>
+    <t>05/09/2025</t>
+  </si>
+  <si>
+    <t>15:01</t>
+  </si>
+  <si>
+    <t>1733.2025.00082</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviços de manutenção corretiva e preventiva, a ser executada por empresa especializada, para atender a 3 (três) máquinas de café da marca BUNN, modelo ICBA Infusion, instaladas na sede da ApexBrasil, conforme as condições, exigências e especificações estabelecidas no Termo de Referência.</t>
+  </si>
+  <si>
+    <t>Estimativa de Preço</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>PE 12/2025 REP</t>
+  </si>
+  <si>
+    <t>Contratação de empresa(s) para formação de Ata de Registro de Preços de fornecimento de materiais de expediente, de acordo com os termos e quantidades contidas no Termo de Referência, Anexo I do Edital.</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>16:28</t>
+  </si>
+  <si>
+    <t>1733.2025.00097</t>
+  </si>
+  <si>
+    <t>D05/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para fornecimento de quadros oficiais (Presidente da República e Rampa), bandeiras do Brasil, da ApexBrasil e do Distrito Federal, bem como mastros com suas respectivas bases e lanças, conforme condições, quantidades e exigências estabelecidas neste instrumento.</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>03/10/2025</t>
+  </si>
+  <si>
+    <t>15:44</t>
+  </si>
+  <si>
+    <t>174.2025.00046</t>
+  </si>
+  <si>
+    <t>pe 18/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa Gerenciadora de Facilities especializada para a Gestão Integrada de Infraestrutura da nova sede da ApexBrasil, incluindo gestão técnica e supervisão; manutenção predial multitécnica; serviços continuados; serviços pontuais sob demanda; gestão documental de manutenção; preservação e acionamento de garantias; e operação de sistemas diversos com fornecimento de insumos e materiais e previsão de elaboração de Plano de Gerenciamento Técnico detalhado para Gestão Integrada de Infraestrutura de mais longo prazo como entregável, conforme especificações deste Termo de Referência.</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
+  </si>
+  <si>
+    <t>17:13</t>
+  </si>
+  <si>
     <t>1734.2025.00078</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de área (18 m²) de chão na Arena de Negócios no Festival REC’n’Play, que se realizará no período de 15 a 18 de novembro de 2025, em Recife, no estado de Pernambuco.</t>
   </si>
   <si>
     <t>Inexigibilidade (VIII)</t>
   </si>
   <si>
     <t>1734.2025.00075</t>
   </si>
   <si>
     <t>Trata-se de contratação de empresa para fornecimento de área para estande brasileiro na Feira MERCOPAR 2025, que se realizará no período de 14 A 17 de outubro de 2025, no Centro de Feiras e Eventos Festa da Uva em Caxias do Sul/RS, Brasil.</t>
   </si>
   <si>
     <t>1733202500064</t>
   </si>
   <si>
     <t>Contratação de LICENÇAS PARA ACESSOS A PLATAFORMAS DE CURSOS A DISTÂNCIA para o Programa de Educação Corporativa da Apex-Brasil, onde a CONTRATADA fornecerá a prestação de serviço de treinamento por meio de plataforma de ensino a distância, denominada Plataforma COURSERA, abrangendo a concessão de 100 (cem) no mínimo até 500 (quinhentas) licenças rotativas à plataforma anualmente, conforme detalhado nos Itens 8 e 9 do Estudo Técnico Preliminar (ETP) e Projeto Básico.</t>
   </si>
   <si>
     <t>Inexigibilidade (art. 14, inciso IV, do RLC)</t>
   </si>
   <si>
     <t>1733.2025.00037</t>
@@ -1538,66 +1661,144 @@
   <si>
     <t>Contratação de LICENÇAS PARA ACESSOS A PLATAFORMAS DE CURSOS A DISTÂNCIA para o Programa de Educação Corporativa da Apex-Brasil - UDEMY</t>
   </si>
   <si>
     <t>Inexigibilidade (Caput)</t>
   </si>
   <si>
     <t>1734.2025.00066</t>
   </si>
   <si>
     <t>Trata-se de contratação de empresa para fornecimento de área para estande brasileiro na Feira OTC BRASIL 2025, que se realizará no período de 28 a 30 de outubro de 2025, nas instalações do EXPO MAG, Rua Beatriz Larragoiti Lucas 1, Rio de Janeiro, RJ/Brasil.</t>
   </si>
   <si>
     <t>Inexigibilidade (VIII.)</t>
   </si>
   <si>
     <t>1734202500077</t>
   </si>
   <si>
     <t>Contratação de 2 credenciais para participação no evento Giin Berlin Impact Forum, como parte da estratégia do projeto de Impacto aprovado.</t>
   </si>
   <si>
     <t>Inexigibilidade (art. 14, inciso VIII, do RLC)</t>
   </si>
   <si>
+    <t>174.2025.00047</t>
+  </si>
+  <si>
+    <t>PE 19/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviços continuados, com dedicação exclusiva de mão de obra, em regime ininterrupto (24 horas por dia, sete dias por semana), para atender às necessidades de prevenção e resposta a emergências (Prevenção e Combate a Incêndio e Primeiros Socorros) do novo edifício-sede da Apex-Brasil, conforme Termo de Referência (Anexo I do Edital).</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>15:40</t>
+  </si>
+  <si>
     <t>1734202500093</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de Chão de feira/montagem padrão para estande institucional da ApexBrasil na Brasil Cachaça 2025 – V Seminário e Feira de Cachaças do Brasil, que será realizada no período de 22 a 25 de outubro de 2025, no Espaço Cultural José Lins do Rego, João Pessoa/PB, Brasil.</t>
   </si>
   <si>
     <t>1734202500064</t>
   </si>
   <si>
     <t>Trata-se de contratação de empresa para fornecimento de área para estande da ApexBrasil na Expolog 2025, que se realizará no período 26 a 27 de novembro 2025 no Centro de Eventos do Ceará/Brasil – Pavilhão Leste, sendo organizada pela do Instituto Future de Juventude, Promoção, Turismo, Cultura e Desenvolvimento Sustentável.</t>
   </si>
   <si>
     <t>1733.2025.00096</t>
   </si>
   <si>
     <t>Contratação de serviço de locação de espaço de escritório compartilhado (coworking), referente à sala privativa “Office 1045”, destinada à instalação e funcionamento do Escritório Apex-Brasil Sul (EA Sul), em Porto Alegre/RS, contemplando os serviços agregados de infraestrutura, conectividade e apoio operacional necessários ao pleno desenvolvimento das atividades institucionais.</t>
+  </si>
+  <si>
+    <t>174.2025.00050</t>
+  </si>
+  <si>
+    <t>PE 01/2026</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviços continuados de Vigilância Patrimonial Desarmada, com dedicação exclusiva de mão de obra, em regime ininterrupto (24 horas por dia, sete dias por semana), para atender às necessidades de segurança patrimonial e segurança pessoal do novo edifício-sede da ApexBrasil.</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>17:48</t>
+  </si>
+  <si>
+    <t>1733.2025.00111</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para prestação de serviço de transporte diário de empregados, por meio do fretamento de 2 (duas) vans executivas com motorista habilitado, para realizar o trajeto ida e volta entre a Rodoviária do Plano Piloto e a nova sede da Apex-Brasil (SGAS 903, lote 80, Brasília/DF), em dias úteis, conforme rotas e horários definidos.</t>
+  </si>
+  <si>
+    <t>1733.2025.00087</t>
+  </si>
+  <si>
+    <t>Contratação de remanescente de serviço técnico de gestão documental, o qual compreende a implantação, armazenamento, gerenciamento e transporte do acervo de documentos físicos da Apex Brasil, bem como a contratação, sob demanda, dos serviços de digitalização e tratamento documental.</t>
+  </si>
+  <si>
+    <t>Dispensa (art. 13, inciso XV)</t>
+  </si>
+  <si>
+    <t>1733.2025.00136</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação temporária e excepcional de serviços de Vigilância Patrimonial Desarmada, com dedicação exclusiva de mão de obra, em regime diurno, inclusive aos finais de semana e feriados, na escala 12x36, pelo prazo estritamente limitado de 2 (dois) meses, para atender às necessidades imediatas de segurança patrimonial e pessoal do novo edifício-sede da Agência Brasileira de Promoção de Exportações e Investimentos – Apex-Brasil, localizado na SGAS 903, Lote 80, Asa Sul, Brasília-DF, CEP 70390-030, conforme condições, quantidades e exigências estabelecidas neste instrumento.</t>
+  </si>
+  <si>
+    <t>1733.2025.00107</t>
+  </si>
+  <si>
+    <t>Contratação de serviço de locação de espaço de escritório corporativo compartilhado, no modelo coworking, para a instalação e o funcionamento do Escritório Regional da Apex-Brasil na Região Nordeste (EA Nordeste), localizado na cidade de Recife/PE. O objeto compreende a disponibilização de uma sala privativa mobiliada e climatizada, com capacidade para a equipe local, além de um pacote de serviços de infraestrutura e apoio, como internet, recepção, limpeza, copa e acesso a salas de reunião.</t>
+  </si>
+  <si>
+    <t>Inexigibilidade (art. 14)</t>
+  </si>
+  <si>
+    <t>1733.2025.00126</t>
+  </si>
+  <si>
+    <t>A contratação tem por objeto a prestação de serviços de seguro predial e patrimonial, mediante apólice única, destinada à cobertura integral do imóvel que abrigará a nova sede da ApexBrasil, bem como de todos os bens móveis, equipamentos, instalações, mobiliários e demais ativos patrimoniais vinculados às atividades da Agência.</t>
+  </si>
+  <si>
+    <t>1733.2025.00115</t>
+  </si>
+  <si>
+    <t>Contratação da Rede Mulher Empreendedora (RME) para a prestação de serviços de capacitação em competências técnicas (hard skills) e comportamentais (soft skills) para até 480 mulheres, dividida em eventos presenciais e online, voltados para sensibilizar as empresas lideradas por mulheres empreendedoras da base da RME e da ApexBrasil, para a sensibilização para internacionalização, conforme escopo detalhado.</t>
+  </si>
+  <si>
+    <t>1733.2025.00130</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviços de impermeabilização de estofados, destinados à proteção e conservação do novo mobiliário da ApexBrasil, composto por cadeiras, poltronas e sofás instalados na nova sede da instituição. Os serviços compreendem a aplicação de produto impermeabilizante compatível com os tecidos e demais revestimentos especificados, de modo a conferir resistência à penetração de líquidos, sujeiras e manchas, sem comprometer o aspecto visual, o conforto ou as características originais das peças.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FFffffff"/>
       <name val="Cambria"/>
@@ -1969,54 +2170,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M109"/>
+  <dimension ref="A1:M127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M109" sqref="M109"/>
+      <selection activeCell="M127" sqref="M127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17" customWidth="true" style="4"/>
     <col min="2" max="2" width="20" customWidth="true" style="7"/>
     <col min="3" max="3" width="74" customWidth="true" style="7"/>
     <col min="4" max="4" width="16" customWidth="true" style="7"/>
     <col min="5" max="5" width="26" customWidth="true" style="7"/>
     <col min="6" max="6" width="32" customWidth="true" style="7"/>
     <col min="7" max="7" width="32" customWidth="true" style="7"/>
     <col min="8" max="8" width="22" customWidth="true" style="7"/>
     <col min="9" max="9" width="22" customWidth="true" style="7"/>
     <col min="10" max="10" width="22" customWidth="true" style="7"/>
     <col min="11" max="11" width="24" customWidth="true" style="7"/>
     <col min="12" max="12" width="22" customWidth="true" style="7"/>
     <col min="13" max="13" width="11" customWidth="true" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -5894,504 +6095,1190 @@
         <v>30</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>475</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>476</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="B97" s="6" t="s">
+      <c r="B97" s="6"/>
+      <c r="C97" s="9" t="s">
         <v>478</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H97" s="6" t="s">
         <v>479</v>
       </c>
-      <c r="D97" s="6" t="s">
-[...12 lines deleted...]
-      <c r="I97" s="6"/>
+      <c r="I97" s="6" t="s">
+        <v>480</v>
+      </c>
       <c r="J97" s="6" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="2" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="B98" s="5"/>
+        <v>481</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>482</v>
+      </c>
       <c r="C98" s="8" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>483</v>
+        <v>30</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>484</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>485</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L98" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B99" s="6"/>
+      <c r="B99" s="6" t="s">
+        <v>487</v>
+      </c>
       <c r="C99" s="9" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>482</v>
+        <v>326</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>483</v>
+        <v>74</v>
       </c>
       <c r="H99" s="6"/>
       <c r="I99" s="6"/>
       <c r="J99" s="6" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="B100" s="5"/>
+        <v>489</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>490</v>
+      </c>
       <c r="C100" s="8" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>16</v>
+        <v>492</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>490</v>
+        <v>29</v>
       </c>
       <c r="H100" s="5"/>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L100" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B101" s="6"/>
       <c r="C101" s="9" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G101" s="6" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-      <c r="I101" s="6"/>
+        <v>30</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>496</v>
+      </c>
       <c r="J101" s="6" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="2" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B102" s="5"/>
       <c r="C102" s="8" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-      <c r="I102" s="5"/>
+        <v>500</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>502</v>
+      </c>
       <c r="J102" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L102" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="3" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="B103" s="6"/>
       <c r="C103" s="9" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H103" s="6"/>
       <c r="I103" s="6"/>
       <c r="J103" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="2" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="B104" s="5"/>
+        <v>505</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>506</v>
+      </c>
       <c r="C104" s="8" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>16</v>
+        <v>492</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>29</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>509</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L104" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="3" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="B105" s="6"/>
       <c r="C105" s="9" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>16</v>
+        <v>492</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-      <c r="I105" s="6"/>
+        <v>512</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>131</v>
+      </c>
       <c r="J105" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="2" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="B106" s="5"/>
+        <v>446</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>514</v>
+      </c>
       <c r="C106" s="8" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>30</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>517</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="3" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="B107" s="6"/>
+        <v>518</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>519</v>
+      </c>
       <c r="C107" s="9" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>15</v>
+        <v>521</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G107" s="6" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-      <c r="I107" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>523</v>
+      </c>
       <c r="J107" s="6" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="2" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="B108" s="5"/>
+        <v>524</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>525</v>
+      </c>
       <c r="C108" s="8" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>16</v>
+        <v>492</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>482</v>
+        <v>17</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-      <c r="I108" s="5"/>
+        <v>29</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>528</v>
+      </c>
       <c r="J108" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L108" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="3" t="s">
-        <v>512</v>
+        <v>529</v>
       </c>
       <c r="B109" s="6"/>
       <c r="C109" s="9" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>483</v>
+        <v>531</v>
       </c>
       <c r="H109" s="6"/>
       <c r="I109" s="6"/>
       <c r="J109" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M109" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13">
+      <c r="A110" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="B110" s="5"/>
+      <c r="C110" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="H110" s="5"/>
+      <c r="I110" s="5"/>
+      <c r="J110" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L110" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13">
+      <c r="A111" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B111" s="6"/>
+      <c r="C111" s="9" t="s">
+        <v>535</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="G111" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="H111" s="6"/>
+      <c r="I111" s="6"/>
+      <c r="J111" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K111" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M111" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13">
+      <c r="A112" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="B112" s="5"/>
+      <c r="C112" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="H112" s="5"/>
+      <c r="I112" s="5"/>
+      <c r="J112" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L112" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13">
+      <c r="A113" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="B113" s="6"/>
+      <c r="C113" s="9" t="s">
+        <v>541</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="H113" s="6"/>
+      <c r="I113" s="6"/>
+      <c r="J113" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M113" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13">
+      <c r="A114" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="B114" s="5"/>
+      <c r="C114" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="H114" s="5"/>
+      <c r="I114" s="5"/>
+      <c r="J114" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L114" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13">
+      <c r="A115" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B115" s="6"/>
+      <c r="C115" s="9" t="s">
+        <v>547</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="H115" s="6"/>
+      <c r="I115" s="6"/>
+      <c r="J115" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K115" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M115" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
+      <c r="A116" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L116" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13">
+      <c r="A117" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="B117" s="6"/>
+      <c r="C117" s="9" t="s">
+        <v>555</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="H117" s="6"/>
+      <c r="I117" s="6"/>
+      <c r="J117" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M117" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13">
+      <c r="A118" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="B118" s="5"/>
+      <c r="C118" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="H118" s="5"/>
+      <c r="I118" s="5"/>
+      <c r="J118" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L118" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13">
+      <c r="A119" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B119" s="6"/>
+      <c r="C119" s="9" t="s">
+        <v>559</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="H119" s="6"/>
+      <c r="I119" s="6"/>
+      <c r="J119" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K119" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M119" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
+      <c r="A120" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L120" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13">
+      <c r="A121" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B121" s="6"/>
+      <c r="C121" s="9" t="s">
+        <v>566</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H121" s="6"/>
+      <c r="I121" s="6"/>
+      <c r="J121" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M121" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="B122" s="5"/>
+      <c r="C122" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="H122" s="5"/>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L122" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B123" s="6"/>
+      <c r="C123" s="9" t="s">
+        <v>571</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H123" s="6"/>
+      <c r="I123" s="6"/>
+      <c r="J123" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K123" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M123" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B124" s="5"/>
+      <c r="C124" s="8" t="s">
+        <v>573</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="H124" s="5"/>
+      <c r="I124" s="5"/>
+      <c r="J124" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L124" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13">
+      <c r="A125" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B125" s="6"/>
+      <c r="C125" s="9" t="s">
+        <v>576</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H125" s="6"/>
+      <c r="I125" s="6"/>
+      <c r="J125" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M125" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="B126" s="5"/>
+      <c r="C126" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="H126" s="5"/>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L126" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B127" s="6"/>
+      <c r="C127" s="9" t="s">
+        <v>580</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H127" s="6"/>
+      <c r="I127" s="6"/>
+      <c r="J127" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K127" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M127" s="6" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>